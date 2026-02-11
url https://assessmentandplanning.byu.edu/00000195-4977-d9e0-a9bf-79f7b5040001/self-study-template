--- v0 (2025-11-26)
+++ v1 (2026-02-11)
@@ -6,51 +6,51 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="5FBA6E2D" w14:textId="4A7FD4F9" w:rsidR="008E2857" w:rsidRDefault="008E2857" w:rsidP="0078565C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="1440" w:right="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0E21A771" w14:textId="77777777" w:rsidR="008E2857" w:rsidRDefault="008E2857" w:rsidP="0078565C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="1440" w:right="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2FE09EC8" w14:textId="77777777" w:rsidR="008E2857" w:rsidRDefault="008E2857" w:rsidP="0078565C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="1440" w:right="1440"/>
@@ -76,65 +76,72 @@
         <w:ind w:left="1350"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002D5D"/>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk149833112"/>
       <w:bookmarkStart w:id="1" w:name="_Hlk149832863"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002D5D"/>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
         <w:t>[DEPARTMENT/UNIT]</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="55279ED1" w14:textId="44076263" w:rsidR="008E2857" w:rsidRPr="006D62B4" w:rsidRDefault="00BB21A2" w:rsidP="0078565C">
+    <w:p w14:paraId="55279ED1" w14:textId="2712FF06" w:rsidR="008E2857" w:rsidRPr="006D62B4" w:rsidRDefault="00BB21A2" w:rsidP="0078565C">
       <w:pPr>
         <w:spacing w:line="449" w:lineRule="exact"/>
         <w:ind w:left="1440" w:right="1440"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="40"/>
         </w:rPr>
-        <w:t>2025</w:t>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC2C42">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="003E785D" w:rsidRPr="006D62B4">
         <w:rPr>
           <w:b/>
           <w:sz w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> A</w:t>
       </w:r>
       <w:r w:rsidR="003E785D" w:rsidRPr="006D62B4">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">CADEMIC </w:t>
       </w:r>
       <w:r w:rsidR="006F1E00" w:rsidRPr="006D62B4">
         <w:rPr>
           <w:b/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="003E785D" w:rsidRPr="006D62B4">
@@ -4099,59 +4106,51 @@
       </w:r>
       <w:r w:rsidR="00634EF4" w:rsidRPr="00D1791A">
         <w:t xml:space="preserve">learning opportunities </w:t>
       </w:r>
       <w:r w:rsidRPr="00D1791A">
         <w:t xml:space="preserve">for </w:t>
       </w:r>
       <w:r w:rsidR="00634EF4" w:rsidRPr="00D1791A">
         <w:t>student employees.</w:t>
       </w:r>
       <w:r w:rsidR="003A7C4D" w:rsidRPr="00D1791A">
         <w:t xml:space="preserve"> (See </w:t>
       </w:r>
       <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidR="00B11AAF" w:rsidRPr="00D1791A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>BYU Strategic Plan</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="003A7C4D" w:rsidRPr="00D1791A">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00AF03BB" w:rsidRPr="00D1791A">
-        <w:t xml:space="preserve">. How is the </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> experience different from what they would have at any other university where they would work as a student employee</w:t>
+        <w:t>. How is the student experience different from what they would have at any other university where they would work as a student employee</w:t>
       </w:r>
       <w:r w:rsidR="00992465" w:rsidRPr="00D1791A">
         <w:t>?</w:t>
       </w:r>
       <w:r w:rsidR="00AF03BB" w:rsidRPr="00D1791A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B0F1731" w14:textId="4D157EA4" w:rsidR="006A43C4" w:rsidRPr="00D1791A" w:rsidRDefault="00BE4DAB" w:rsidP="00A60261">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r w:rsidRPr="00D1791A">
         <w:t xml:space="preserve">What are the </w:t>
       </w:r>
       <w:r w:rsidR="00634EF4" w:rsidRPr="00D1791A">
         <w:t xml:space="preserve">established learning outcomes for </w:t>
       </w:r>
       <w:r w:rsidR="00AF03BB" w:rsidRPr="00D1791A">
         <w:t xml:space="preserve">inspiring, </w:t>
@@ -5488,70 +5487,70 @@
     <w:p w14:paraId="6119F7BE" w14:textId="77777777" w:rsidR="0080548B" w:rsidRDefault="0080548B" w:rsidP="00804AAC">
       <w:pPr>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:right="118"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="0080548B" w:rsidSect="000B1D7D">
       <w:footerReference w:type="default" r:id="rId25"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="01DF712D" w14:textId="77777777" w:rsidR="00FE604D" w:rsidRDefault="00FE604D">
+    <w:p w14:paraId="193E7712" w14:textId="77777777" w:rsidR="00C066B8" w:rsidRDefault="00C066B8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="11C562FE" w14:textId="77777777" w:rsidR="00FE604D" w:rsidRDefault="00FE604D">
+    <w:p w14:paraId="730BB879" w14:textId="77777777" w:rsidR="00C066B8" w:rsidRDefault="00C066B8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -5582,317 +5581,317 @@
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Copperplate Gothic Light">
     <w:panose1 w:val="020E0507020206020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1203321162"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="61292162" w14:textId="337BC292" w:rsidR="00C055C6" w:rsidRDefault="00C055C6" w:rsidP="00C055C6">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:spacing w:before="120"/>
           <w:jc w:val="center"/>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
         </w:pPr>
       </w:p>
-      <w:p w14:paraId="0149592E" w14:textId="165765A0" w:rsidR="00C055C6" w:rsidRDefault="00A21CB9" w:rsidP="00C055C6">
+      <w:p w14:paraId="0149592E" w14:textId="7B5A0581" w:rsidR="00C055C6" w:rsidRDefault="00A21CB9" w:rsidP="00C055C6">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:spacing w:before="120"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r w:rsidRPr="00A21CB9">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="00A21CB9">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:instrText xml:space="preserve"> date \@</w:instrText>
         </w:r>
         <w:r w:rsidR="00C055C6" w:rsidRPr="00A21CB9">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:instrText xml:space="preserve">YYYY </w:instrText>
         </w:r>
         <w:r w:rsidRPr="00A21CB9">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:instrText xml:space="preserve"> </w:instrText>
         </w:r>
         <w:r w:rsidRPr="00A21CB9">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00BB21A2">
+        <w:r w:rsidR="00EC2C42">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
-          <w:t>2024</w:t>
+          <w:t>2026</w:t>
         </w:r>
         <w:r w:rsidRPr="00A21CB9">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidRPr="00A21CB9">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidR="00AB2447">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t xml:space="preserve">Unit </w:t>
         </w:r>
         <w:r w:rsidR="00C055C6">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>Self-Study</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="3C9477CB" w14:textId="4CB1481A" w:rsidR="0078565C" w:rsidRDefault="0078565C" w:rsidP="0078565C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1245029248"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="00B762BA" w14:textId="77777777" w:rsidR="00CD0D80" w:rsidRDefault="00CD0D80" w:rsidP="00C055C6">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:spacing w:before="120"/>
           <w:jc w:val="center"/>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
-      <w:p w14:paraId="16531A04" w14:textId="7474BBAC" w:rsidR="00CD0D80" w:rsidRDefault="00CD0D80" w:rsidP="00C055C6">
+      <w:p w14:paraId="16531A04" w14:textId="17A2DA7A" w:rsidR="00CD0D80" w:rsidRDefault="00CD0D80" w:rsidP="00C055C6">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:spacing w:before="120"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r w:rsidRPr="00A21CB9">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="00A21CB9">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:instrText xml:space="preserve"> date \@YYYY  </w:instrText>
         </w:r>
         <w:r w:rsidRPr="00A21CB9">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00BB21A2">
+        <w:r w:rsidR="00EC2C42">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
-          <w:t>2024</w:t>
+          <w:t>2026</w:t>
         </w:r>
         <w:r w:rsidRPr="00A21CB9">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidRPr="00A21CB9">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>Unit Self-Study</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="0D19D7E2" w14:textId="77777777" w:rsidR="00CD0D80" w:rsidRDefault="00CD0D80" w:rsidP="0078565C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2A4E0612" w14:textId="77777777" w:rsidR="00FE604D" w:rsidRDefault="00FE604D">
+    <w:p w14:paraId="7DF891A5" w14:textId="77777777" w:rsidR="00C066B8" w:rsidRDefault="00C066B8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="081AA55B" w14:textId="77777777" w:rsidR="00FE604D" w:rsidRDefault="00FE604D">
+    <w:p w14:paraId="2C4360A2" w14:textId="77777777" w:rsidR="00C066B8" w:rsidRDefault="00C066B8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2F286E82" w14:textId="2B04BFF9" w:rsidR="008E2857" w:rsidRDefault="008E2857">
     <w:pPr>
       <w:pStyle w:val="BodyText"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="44AC8A32" w14:textId="3A9FE2A4" w:rsidR="000105C2" w:rsidRDefault="000105C2" w:rsidP="000105C2">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4680"/>
         <w:tab w:val="clear" w:pos="9360"/>
         <w:tab w:val="left" w:pos="3594"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000402"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2264" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:numFmt w:val="bullet"/>
@@ -9888,51 +9887,51 @@
     <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="160053043">
     <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="2048749098">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="324669907">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="597833567">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="31543693">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="2053653667">
     <w:abstractNumId w:val="28"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="34"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -10673,78 +10672,80 @@
     <w:rsid w:val="00B23D32"/>
     <w:rsid w:val="00B3142A"/>
     <w:rsid w:val="00B31DC2"/>
     <w:rsid w:val="00B3295B"/>
     <w:rsid w:val="00B471D0"/>
     <w:rsid w:val="00B51D99"/>
     <w:rsid w:val="00B522E1"/>
     <w:rsid w:val="00B539DD"/>
     <w:rsid w:val="00B57D97"/>
     <w:rsid w:val="00B612AD"/>
     <w:rsid w:val="00B61A5B"/>
     <w:rsid w:val="00B64F91"/>
     <w:rsid w:val="00B65F95"/>
     <w:rsid w:val="00B67D7B"/>
     <w:rsid w:val="00B76872"/>
     <w:rsid w:val="00B7781B"/>
     <w:rsid w:val="00B812AA"/>
     <w:rsid w:val="00B81B25"/>
     <w:rsid w:val="00B8433A"/>
     <w:rsid w:val="00B84C3B"/>
     <w:rsid w:val="00B9238D"/>
     <w:rsid w:val="00B950E4"/>
     <w:rsid w:val="00B95259"/>
     <w:rsid w:val="00B96173"/>
     <w:rsid w:val="00B97CAE"/>
+    <w:rsid w:val="00BA243C"/>
     <w:rsid w:val="00BA2AD9"/>
     <w:rsid w:val="00BA6E3B"/>
     <w:rsid w:val="00BA7B8E"/>
     <w:rsid w:val="00BB04FF"/>
     <w:rsid w:val="00BB21A2"/>
     <w:rsid w:val="00BB29EB"/>
     <w:rsid w:val="00BB2E30"/>
     <w:rsid w:val="00BB3D34"/>
     <w:rsid w:val="00BC26E9"/>
     <w:rsid w:val="00BC6690"/>
     <w:rsid w:val="00BC6C05"/>
     <w:rsid w:val="00BD2F40"/>
     <w:rsid w:val="00BD735F"/>
     <w:rsid w:val="00BE0640"/>
     <w:rsid w:val="00BE0820"/>
     <w:rsid w:val="00BE2559"/>
     <w:rsid w:val="00BE259F"/>
     <w:rsid w:val="00BE37C5"/>
     <w:rsid w:val="00BE39B0"/>
     <w:rsid w:val="00BE486F"/>
     <w:rsid w:val="00BE4DAB"/>
     <w:rsid w:val="00BE6CF9"/>
     <w:rsid w:val="00BE768F"/>
     <w:rsid w:val="00BE7714"/>
     <w:rsid w:val="00BF23A6"/>
     <w:rsid w:val="00BF4AA5"/>
     <w:rsid w:val="00C0066F"/>
     <w:rsid w:val="00C055C6"/>
+    <w:rsid w:val="00C066B8"/>
     <w:rsid w:val="00C104EF"/>
     <w:rsid w:val="00C134A9"/>
     <w:rsid w:val="00C16745"/>
     <w:rsid w:val="00C167F0"/>
     <w:rsid w:val="00C1775A"/>
     <w:rsid w:val="00C31E34"/>
     <w:rsid w:val="00C33676"/>
     <w:rsid w:val="00C33BA8"/>
     <w:rsid w:val="00C414A2"/>
     <w:rsid w:val="00C42B1F"/>
     <w:rsid w:val="00C44AD9"/>
     <w:rsid w:val="00C44FB3"/>
     <w:rsid w:val="00C4503A"/>
     <w:rsid w:val="00C450E1"/>
     <w:rsid w:val="00C45C84"/>
     <w:rsid w:val="00C47D76"/>
     <w:rsid w:val="00C552E3"/>
     <w:rsid w:val="00C56EC7"/>
     <w:rsid w:val="00C57B72"/>
     <w:rsid w:val="00C6194F"/>
     <w:rsid w:val="00C61EA2"/>
     <w:rsid w:val="00C62DF2"/>
     <w:rsid w:val="00C6301E"/>
     <w:rsid w:val="00C646F3"/>
     <w:rsid w:val="00C64D51"/>
@@ -10882,50 +10883,51 @@
     <w:rsid w:val="00E54ECE"/>
     <w:rsid w:val="00E551F8"/>
     <w:rsid w:val="00E56994"/>
     <w:rsid w:val="00E56FF4"/>
     <w:rsid w:val="00E62766"/>
     <w:rsid w:val="00E64DD6"/>
     <w:rsid w:val="00E64ECD"/>
     <w:rsid w:val="00E70FD8"/>
     <w:rsid w:val="00E71FB6"/>
     <w:rsid w:val="00E75BED"/>
     <w:rsid w:val="00E81559"/>
     <w:rsid w:val="00E83117"/>
     <w:rsid w:val="00E849E0"/>
     <w:rsid w:val="00E86FB5"/>
     <w:rsid w:val="00E872FE"/>
     <w:rsid w:val="00E8775C"/>
     <w:rsid w:val="00E974BF"/>
     <w:rsid w:val="00EA6E75"/>
     <w:rsid w:val="00EB27C1"/>
     <w:rsid w:val="00EB3FEB"/>
     <w:rsid w:val="00EB40D5"/>
     <w:rsid w:val="00EB5305"/>
     <w:rsid w:val="00EC1966"/>
     <w:rsid w:val="00EC2212"/>
     <w:rsid w:val="00EC25E1"/>
+    <w:rsid w:val="00EC2C42"/>
     <w:rsid w:val="00EC2FFB"/>
     <w:rsid w:val="00EC305C"/>
     <w:rsid w:val="00EC336B"/>
     <w:rsid w:val="00EC3396"/>
     <w:rsid w:val="00EC34B6"/>
     <w:rsid w:val="00EC3FA3"/>
     <w:rsid w:val="00EC7BFB"/>
     <w:rsid w:val="00ED31D8"/>
     <w:rsid w:val="00ED3841"/>
     <w:rsid w:val="00EE3095"/>
     <w:rsid w:val="00EE4C56"/>
     <w:rsid w:val="00EE558B"/>
     <w:rsid w:val="00EE58ED"/>
     <w:rsid w:val="00EE655F"/>
     <w:rsid w:val="00EF775E"/>
     <w:rsid w:val="00F02A04"/>
     <w:rsid w:val="00F03E87"/>
     <w:rsid w:val="00F0451F"/>
     <w:rsid w:val="00F066B4"/>
     <w:rsid w:val="00F11B10"/>
     <w:rsid w:val="00F11F15"/>
     <w:rsid w:val="00F12C16"/>
     <w:rsid w:val="00F13BEB"/>
     <w:rsid w:val="00F17E29"/>
     <w:rsid w:val="00F20D2A"/>
@@ -11003,51 +11005,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="0E92FBDA"/>
   <w15:docId w15:val="{D3344140-EBBA-45FB-9ABF-3EE8367F12B6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -11871,51 +11873,51 @@
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="p1">
     <w:name w:val="p1"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00F03E87"/>
     <w:pPr>
       <w:widowControl/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="163519148">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="181630263">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -12408,75 +12410,75 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B2150C15-CA7F-42B2-9E48-BA78F9676476}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>2040</Words>
-  <Characters>11448</Characters>
+  <Words>1783</Words>
+  <Characters>10011</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>260</Lines>
-  <Paragraphs>156</Paragraphs>
+  <Lines>226</Lines>
+  <Paragraphs>117</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Brigham Young University</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13332</CharactersWithSpaces>
+  <CharactersWithSpaces>11699</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Rosemary Thackeray</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2020-07-15T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Acrobat PDFMaker 20 for Word</vt:lpwstr>